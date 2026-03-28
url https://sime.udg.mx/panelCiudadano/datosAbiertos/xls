--- v0 (2025-12-01)
+++ v1 (2026-03-28)
@@ -12,51 +12,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/>
     <Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/>
     <Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Report" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="608" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="716" uniqueCount="209">
   <si>
     <t>Identificador</t>
   </si>
   <si>
     <t>Indicador</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Propósito</t>
   </si>
   <si>
     <t>Programa</t>
   </si>
   <si>
     <t>Unidad de Medida</t>
   </si>
   <si>
     <t>Sentido</t>
   </si>
   <si>
     <t>Periodicidad</t>
   </si>
   <si>
@@ -77,689 +77,701 @@
   <si>
     <t>Valor Base Relativo</t>
   </si>
   <si>
     <t>Meta 2020</t>
   </si>
   <si>
     <t>Meta 2021</t>
   </si>
   <si>
     <t>Meta 2022</t>
   </si>
   <si>
     <t>Meta 2023</t>
   </si>
   <si>
     <t>Meta 2024</t>
   </si>
   <si>
     <t>Meta 2025</t>
   </si>
   <si>
     <t>Meta 2030</t>
   </si>
   <si>
+    <t>Valor 2017</t>
+  </si>
+  <si>
+    <t>Valor 2018</t>
+  </si>
+  <si>
+    <t>Valor 2019</t>
+  </si>
+  <si>
     <t>Valor 2020</t>
   </si>
   <si>
     <t>Valor 2021</t>
   </si>
   <si>
     <t>Valor 2022</t>
   </si>
   <si>
     <t>Valor 2023</t>
   </si>
   <si>
     <t>Valor 2024</t>
   </si>
   <si>
-    <t>1.1.1</t>
+    <t>A.1.1.1</t>
   </si>
   <si>
     <t>Porcentaje de programas educativos actualizados respecto al total de programas educativos</t>
   </si>
   <si>
     <t>Mide la proporción de programas educativos (PE) actualizados de acuerdo a los periodos establecidos de nivel medio superior, superior y posgrado respecto al total de programas educativos ofertados.</t>
   </si>
   <si>
-    <t>1. Docencia e Innovación Académica</t>
+    <t>1. Docencia e innovación académica</t>
   </si>
   <si>
     <t>1.1 Innovación curricular</t>
   </si>
   <si>
     <t>Porcentaje</t>
   </si>
   <si>
     <t>Ascendenete</t>
   </si>
   <si>
     <t>ANUAL</t>
   </si>
   <si>
     <t>Coordinación General Académica y de Innovación</t>
   </si>
   <si>
     <t>Porcentaje ( a / b )*100</t>
   </si>
   <si>
     <t>PORCENT</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 PE actualizados = Programas educativos actualizados en el periodo establecido 
 Total PE = Total de programas educativos 
 </t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>1.1.2</t>
+    <t>A.1.1.2</t>
   </si>
   <si>
     <t>Tasa de variación anual de programas educativos creados</t>
   </si>
   <si>
     <t>Mide la variación anual de los programas educativos creados de nivel medio superior, pregrado y posgrado que cubran los criterios de pertinencia e innovación educativa</t>
   </si>
   <si>
     <t>Tasa de variación</t>
   </si>
   <si>
     <t>Tasa de Variación ((a / b) -1) * 100</t>
   </si>
   <si>
     <t>TASA</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 PE creados = Programas educativos creados 
 </t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
-    <t>1.1.3</t>
+    <t>A.1.1.3</t>
   </si>
   <si>
     <t>Porcentaje de programas educativos de pregrado reconocidos por su calidad con respecto a los programas educativos evaluables</t>
   </si>
   <si>
     <t>Mide la proporción de programas educativos de pregrado reconocidos por su calidad avalados por COPAES, CIEES y/o el organismo acreditador externo aplicable para nivel pregrado</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 PEpre eval = Programas educativos de pregrado evaluables 
 PEpre calidad = Programas educativos de pregrado reconocidos por su calidad 
 </t>
   </si>
   <si>
-    <t>1.1.4</t>
+    <t>A.1.1.4</t>
   </si>
   <si>
     <t>Porcentaje de programas educativos de posgrado reconocidos por su calidad con respecto al total programas de posgrado ofertados</t>
   </si>
   <si>
     <t>Mide la proporción de programas de posgrado con acreditación y/o reconocimiento de calidad o excelencia otorgados por sistemas de evaluación internos o externos, respecto del total de programas de posgrado ofertados.</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 PEpos = Programas educativos de posgrado 
 PEpos calidad = Programas educativos de posgrado reconocidos por su calidad 
 </t>
   </si>
   <si>
-    <t>1.2.1</t>
+    <t>A.1.2.1</t>
   </si>
   <si>
     <t>Porcentaje de programas de unidades de aprendizaje (syllabus) que incorporan explícitamente el aprendizaje colectivo, autónomo, activo, híbrido e invertido en el aula respecto al total de unidades de aprendizaje ofrecidas.</t>
   </si>
   <si>
     <t>Este indicador mide la proporción de programas de clase que incorporan elementos de innovación desde la perspectiva del aprendizaje invertido y activo, entre otras posibilidades y que están avalados por la entidad responsable de cada nivel educativo.</t>
   </si>
   <si>
     <t>1.2 Innovación educativa</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 ProgClase Innov = Programas de clase que incorporan elementos de innovación en el aula 
 TProgClase = Total de programas de clase 
 </t>
   </si>
   <si>
-    <t>1.2.2</t>
+    <t>A.1.2.2</t>
   </si>
   <si>
     <t>Tasa de variación anual de la cantidad de cursos en línea diseñados que apliquen el aprendizaje interactivo</t>
   </si>
   <si>
     <t>Mide el total de cursos en línea que aplican el aprendizaje interactivo que se diseñan en el año</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 CurLinAInt = Cursos en línea diseñados que apliquen el aprendizaje interactivo 
 </t>
   </si>
   <si>
-    <t>1.3.1</t>
+    <t>A.1.3.1</t>
   </si>
   <si>
     <t>Porcentaje de estudiantes que egresan en un periodo establecido respecto al total de admitidos en la cohorte</t>
   </si>
   <si>
     <t>Este indicador mide la proporción de estudiantes que egresan en el periodo establecido para cada nivel educativo respecto al total de admitidos de la cohorte.  
 En el caso de nivel medio superior y posgrado se considera como periodo ideal de egreso el establecido en el dictamen de cada programa educativo, mientras que a nivel pregrado se considera un año adicional al tiempo establecido en el dictamen.</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.3 Trayectoria académica</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 AlumCohEgr = Alumnos por cohorte que egresan en el periodo establecido para cada nivel educativo 
 AdmitCoh = Total de admitidos en la cohorte 
 </t>
   </si>
   <si>
-    <t>1.3.2</t>
+    <t>A.1.3.2</t>
   </si>
   <si>
     <t>Porcentaje de estudiantes que se mantienen activos un año después de haber ingresado respecto al total de admitidos en la cohorte</t>
   </si>
   <si>
     <t>Mide la proporción de estudiantes que registran materias en el tercer ciclo escolar respecto al total de estudiantes que ingresaron en la cohorte</t>
+  </si>
+  <si>
+    <t>1.3 Trayectoria académica</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 EstMat3Sem = Estudiantes con materias registradas en tercer semestre 
 EstIng = Total de estudiantes que ingresaron en la cohorte generacional 
 </t>
   </si>
   <si>
-    <t>1.3.3</t>
+    <t>A.1.3.3</t>
   </si>
   <si>
     <t>Porcentaje de estudiantes titulados respecto al total de egresados por cohorte</t>
   </si>
   <si>
     <t>Mide la proporción de estudiantes egresados que se titulan de acuerdo al periodo establecido para cada nivel educativo.
 En el caso de nivel medio superior (bachilleratos tecnológicos y tecnólogos profesionales) se considera el periodo establecido en cada programa educativo como periodo ideal de titulación, para pregrado se consideran 2 años adicionales al establecido en el dictamen de cada Programa Educativo, mientras que para posgrado se considera 1 año adicional al periodo establecido en cada programa educativo de este nivel.</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 EstEgr = Estudiantes que egresan por cohorte 
 EstTit = Estudiantes titulados por cohorte 
 </t>
   </si>
   <si>
-    <t>1.4.1</t>
+    <t>A.1.4.1</t>
   </si>
   <si>
     <t>Tasa de variación anual de miembros de la comunidad universitaria que participan en actividades de desarrollo integral</t>
   </si>
   <si>
     <t>Mide el crecimiento anual de la participación de los miembros de la comunidad universitaria en actividades catalogadas como desarrollo integral por la Universidad de Guadalajara en un ciclo escolar</t>
   </si>
   <si>
     <t>1.4 Desarrollo integral</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 PartActDesInt = Miembros de la comunidad universitaria que  participan en actividades que promueven el desarrollo integral 
 </t>
   </si>
   <si>
-    <t>1.5.1</t>
+    <t>A.1.5.1</t>
   </si>
   <si>
     <t>Porcentaje de egresados que se incorporan al ámbito laboral y/o profesional en un período máximo de 18 meses después de haber concluido sus estudios respecto al total de egresados por año</t>
   </si>
   <si>
     <t>Mide la proporción de egresados de  nivel medio superior (bachillerato técnico y tecnólogo profesional), así como de nivel pregrado que se incorporan en el ámbito laboral y/o profesional en un período máximo de 18 meses de haber concluido sus estudios respecto al total de egresados en el año</t>
   </si>
   <si>
     <t>1.5 Egresados e inserción profesional</t>
   </si>
   <si>
-    <t>Coordinación General de Servicios a Universitarios</t>
+    <t>Administración General</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 TEgre = Total de egresados por cohorte en el año 
 TEgreEmp = Total de egresados que se emplearon en un período máximo de 18 meses después de haber concluido sus estudios 
 </t>
   </si>
   <si>
-    <t>1.6.1</t>
+    <t>A.1.6.1</t>
   </si>
   <si>
     <t>Tasa de variación anual de participantes en programas de educación continua</t>
   </si>
   <si>
     <t>Mide la cantidad de participantes  que se inscriben, cursan y terminan un programa de educación continua. 
 Se entenderá por educación continua los cursos y diplomados ofertados en la Red Universitaria como una opción educativa fuera del sistema formal y con mayor flexibilidad en sus programas, así como contenidos y métodos innovadores.</t>
   </si>
   <si>
     <t>1.6 Educación continua</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 PartProgEduCont = Participantes en programas de educación continua 
 </t>
   </si>
   <si>
-    <t>2.1.1</t>
+    <t>B.2.1.1</t>
   </si>
   <si>
     <t>Tasa de variación de centros de emprendimiento e innovación de la Red Universitaria</t>
   </si>
   <si>
     <t>Mide la variación anual de los Centro de Emprendimiento e Innovación de la Red Universitaria que cuente con un dictamen de creación por parte del máximo órgano de gobierno del Centro Universitario o el Sistema</t>
   </si>
   <si>
-    <t>2. Investigación y Transferencia Tecnológica y del Conocimiento</t>
+    <t>2. Investigación y transferencia tecnológica y del conocimiento</t>
   </si>
   <si>
     <t>2.1 Desarrollo de una cultura del emprendimiento e innovación</t>
   </si>
   <si>
     <t>Coordinación General de Investigación Posgrado y Vinculación</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 CentEmpInnov = Centros de emprendimiento e innovación de la Red Universitaria 
 </t>
   </si>
   <si>
-    <t>2.1.2</t>
+    <t>B.2.1.2</t>
   </si>
   <si>
     <t>Tasa de variación de las certificaciones de la enseñanza y dirección de emprendimiento e innovación</t>
   </si>
   <si>
     <t>Mide la variación anual de certificaciones de personal en la enseñanza y dirección de emprendimiento, de organismos validados a nivel nacional e internacional</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 CertEnsDirEmp = Certificaciones de la enseñanza y dirección de emprendimiento 
 </t>
   </si>
   <si>
-    <t>2.2.1</t>
+    <t>B.2.2.1</t>
   </si>
   <si>
     <t>Tasa de variación de los proyectos de investigación con financiamiento</t>
   </si>
   <si>
     <t>Mide la variación de los proyectos de investigación registrados en la Coordinación General de Investigación, Posgrado y Vinculación (CGIPV) que fueron financiados con recursos internos y/o externos</t>
   </si>
   <si>
     <t>2.2 Atención y fomento a la investigación</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 ProyInvFin = Proyectos de investigación con financiamiento (Interno y/o externo) 
 </t>
   </si>
   <si>
-    <t>2.2.2</t>
+    <t>B.2.2.2</t>
   </si>
   <si>
     <t>Tasa de variación del personal adscrito a la Universidad de Guadalajara que pertenece al Sistema Nacional de Investigadoras e Investigadores (SNII)</t>
   </si>
   <si>
     <t>Mide la variación anual de las y los investigadores de la Universidad de Guadalajara que son miembros del Sistema Nacional de Investigadoras e Investigadores (SNII)</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 InvUDG_SNII = Investigadoras e Investigadores de la Universidad de Guadalajara miembros del SNII 
 </t>
   </si>
   <si>
-    <t>2.2.3</t>
+    <t>B.2.2.3</t>
   </si>
   <si>
     <t>Tasa de variación de estudiantes y profesores que participan en programas de investigación temprana</t>
   </si>
   <si>
     <t>Mide la variación anual de estudiantes y profesores de media superior y pregrado que participan en programas de investigación temprana respecto al año anterior</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 PartProgInvTemp = Estudiantes y personal docente que participan en programas de investigación temprana 
 </t>
   </si>
   <si>
-    <t>2.2.4</t>
+    <t>B.2.2.4</t>
   </si>
   <si>
     <t>Tasa de variación de grupos de investigación</t>
   </si>
   <si>
     <t>Mide la variación anual de la cantidad de grupos de investigación existentes en el año que cumplen con los lineamientos institucionales respecto al año anterior</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 GrupInv = Grupos de investigación que cumplen con los lineamientos institucionales 
 </t>
   </si>
   <si>
-    <t>2.3.1</t>
+    <t>B.2.3.1</t>
   </si>
   <si>
     <t>Tasa de variación de transferencias tecnológicas y del conocimiento</t>
   </si>
   <si>
     <t>Mide la variación de las transferencias tecnológicas y del conocimiento realizadas en el año respecto a las realizadas en el año base (2021).
 Las formas enlistadas a continuación serán entendidas como transferencias tecnológicas en este indicador:
 - Transferencia tecnológica
 - Número de licenciamientos tecnológicos 
 - Número de tecnologías vendidas propiedad de la Universidad de Guadalajara 
 - Número de empresas tecnológicas creadas por nuestros profesores y/o alumnos
 - Número de empresas para universitarias de base tecnológica creadas.
 - Proyectos concluidos de investigación y/o desarrollo tecnológico concluidos en codesarrollo o para un tercero (cliente).
 En lo que respecta a las transferencia del conocimiento, se considerarán los proyectos concluidos de investigación aplicada  orientados a la resolución de problemas sociales en lo que se beneficia alguna entidad pública, privada y/o social.</t>
   </si>
   <si>
     <t>2.3 Transferencia tecnológica y del conocimiento</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 TranTecCon = Transferencias tecnológicas y del conocimiento de la Universidad 
 </t>
   </si>
   <si>
-    <t>2.3.2</t>
+    <t>B.2.3.2</t>
   </si>
   <si>
     <t>Tasa de variación anual de artículos y libros publicados por la comunidad de la Universidad de Guadalajara</t>
   </si>
   <si>
     <t>Mide la variación anual de artículos con ISSN y libros con ISBN publicados por miembros de la comunidad universitaria a través de cualquier editorial de publicación</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 ArtLibPub = Artículos y libros publicados por miembros de la comunidad universitaria 
 </t>
   </si>
   <si>
-    <t>3.1.1</t>
+    <t>C.3.1.1</t>
   </si>
   <si>
     <t>Tasa de variación anual del consumo de energía eléctrica de fuentes convencionales per cápita</t>
   </si>
   <si>
     <t>Mide la variación anual de energía eléctrica de fuentes convencionales que consume en promedio cada miembro de la comunidad universitaria</t>
   </si>
   <si>
-    <t>3. Extensión y Responsabilidad Social</t>
+    <t>3. Extensión y responsabilidad social</t>
   </si>
   <si>
     <t>3.1 Cuidado del medio ambiente</t>
   </si>
   <si>
     <t>Descendente</t>
   </si>
   <si>
     <t>Coordinación General de Servicios Administrativos e Infraestructura Tecnológica</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 ConsEnerConv = Consumo de energía eléctrica de fuentes convencionales (kWh) per cápita 
 </t>
   </si>
   <si>
-    <t>3.1.2</t>
+    <t>C.3.1.2</t>
   </si>
   <si>
     <t>Tasa de variación anual de residuos sólidos per cápita (kilogramos)</t>
   </si>
   <si>
     <t>Mide la variación anual del volumen de residuos sólidos (kilos) que genera en promedio cada miembro de la Universidad de Guadalajara</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 KgResidSolid = Kilogramos de residuos sólidos per cápita 
 </t>
   </si>
   <si>
-    <t>3.1.3</t>
+    <t>C.3.1.3</t>
   </si>
   <si>
     <t>Tasa de variación anual del volumen de agua pluvial captada</t>
   </si>
   <si>
     <t>Mide la variación anual de los litros de agua pluvial que capta la Universidad de Guadalajara</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 VolAguaCapt = Volumen de agua pluvial captada (en litros) 
 </t>
   </si>
   <si>
-    <t>3.2.1</t>
+    <t>C.3.2.1</t>
   </si>
   <si>
     <t>Tasa de variación de la población beneficiada por servicios universitarios que presta la Universidad de Guadalajara</t>
   </si>
   <si>
     <t>Mide la variación anual de población que se beneficia con uno o más servicios universitarios que brinda la Universidad de Guadalajara</t>
   </si>
   <si>
     <t>3.2 Extensión de los servicios universitarios</t>
   </si>
   <si>
     <t>Coordinación General de Extensión y Difusión Cultural</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 BenefServUniv = Número de personas beneficiadas con algún servicio universitario 
 </t>
   </si>
   <si>
-    <t>3.2.2</t>
+    <t>C.3.2.2</t>
   </si>
   <si>
     <t>Tasa de variación de la cantidad de servicios universitarios que brinda la Universidad de Guadalajara</t>
   </si>
   <si>
     <t>Mide la variación anual de la cantidad de servicios universitarios que se brindan en toda la Red Universitaria</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 ServUnivOfer = Número de servicios universitarios ofertados por la Universidad de Guadalajara 
 </t>
   </si>
   <si>
-    <t>3.3.1</t>
+    <t>C.3.3.1</t>
   </si>
   <si>
     <t>Tasa de variación anual de entidades sociales, públicas y privadas con las que se vincula la Universidad de Guadalajara</t>
   </si>
   <si>
     <t>Mide variación anual de la cantidad de organismos de la sociedad civil, dependencias gubernamentales, empresas y organismos del sector empresarial con las que los Centros Universitarios y Sistemas de la Red, establece algún acuerdo de colaboración para la prestación de servicios o la entrega de productos dirigido a la atención de un problema público. 
 Para efectos del Plan de Desarrollo Institucional se entenderá como problema público, una situación negativa o insatisfactoria que afecta a un sector específicos de la sociedad y que requiere para su solución la participación colectiva de diferentes actores públicos.</t>
   </si>
   <si>
     <t>3.3 Vinculación con los sectores público, social y privado</t>
   </si>
   <si>
     <t>Coordinación General de Planeación y Evaluación</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 EntidVincul = Entidades sociales, públicas y privadas con las que se vincula la Universidad de Guadalajara 
 </t>
   </si>
   <si>
-    <t>3.4.1</t>
+    <t>C.3.4.1</t>
   </si>
   <si>
     <t>Tasa de variación anual de la matrícula de la Universidad de Guadalajara</t>
   </si>
   <si>
     <t>Mide la variación anual de la matrícula de los niveles medio superior y superior de la Universidad de Guadalajara</t>
   </si>
   <si>
     <t>3.4 Acceso a la educación</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 MatricUDG = Matrícula de la Universidad de Guadalajara 
 </t>
   </si>
   <si>
-    <t>3.4.2</t>
+    <t>C.3.4.2</t>
   </si>
   <si>
     <t>Tasa de variación anual de la matrícula en programas de calidad de la Universidad de Guadalajara</t>
   </si>
   <si>
     <t>Mide la variación anual de la matrícula en los niveles pregrado y posgrado en programas educativos reconocidos por su calidad.
 Se considera de calidad aquellos programas educativos que son acreditados por algún organismo de COPAES, cuenta con nivel 1 por los CIEES, tiene Reconocimiento del extinto PNPC (ahora SNP) de CONACyT u otro organismo externo y/o interno aplicable.</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 MatProgCal = Matrícula en programas de calidad de la Universidad de Guadalajara 
 </t>
   </si>
   <si>
-    <t>3.4.3</t>
+    <t>C.3.4.3</t>
   </si>
   <si>
     <t>Porcentaje de admitidos con discapacidad respecto al total de aspirantes con discapacidad</t>
   </si>
   <si>
     <t>Mide la proporción de estudiantes con discapacidad que son admitidos al nivel medio superior, pregrado y posgrado en la Universidad de Guadalajara por ciclo escolar, con respecto al total de aspirantes con discapacidad.
 Se considera como personas con discapacidad aquellas que tienen deficiencias físicas, mentales, intelectuales o sensoriales a largo plazo y que pueden obstaculizar su participación plena y efectiva en la sociedad en igualdad de condiciones con los demás (hipoacusia, sordera, física/motriz, intelectual, múltiple, psicosocial, baja visión y ceguera).</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 EstDiscAdm = Estudiantes con discapacidad admitidos 
 TAspDisc = Total de aspirantes con discapacidad 
 </t>
   </si>
   <si>
-    <t>3.4.4</t>
+    <t>C.3.4.4</t>
   </si>
   <si>
     <t>Porcentaje de admitidos en situación de vulnerabilidad respecto al total de aspirantes en situación de vulnerabilidad</t>
   </si>
   <si>
     <t>Mide la proporción de estudiantes en situación de vulnerabilidad que son admitidos al nivel medio superior, pregrado y posgrado en la Universidad de Guadalajara, por ciclo escolar. Para efectos del presente plan, los estudiantes admitidos en condiciones de vulnerabilidad, son todas aquellas personas que se encuentran dentro de lo siguientes grupos:
 •        Bajo nivel de ingreso: Personas cuyo ingreso trimestral de su hogar se encuentra entre $1 a $12,606, correspondiente al decil más bajo.
 •        Adultos mayores: Aspirantes admitidos al calendario 2021-B con una edad igual o mayor a 65 años.
 •        Población indígena: Estudiantes que respondieron identificarse como parte de algún pueblo o comunidad indígena.
 •        Personas con alguna enfermedad crónico degenerativa.
 •        Personas desempleadas: Personas que no trabajan y que son el principal proveedor económico del hogar.
 •        Jefes de familias monoparentales carentes de recursos económicos. Aspirantes que respondieron ser solteros, viudos o divorciados, tener hijos, al menos un (1) dependiente económico y que son el principal sostén económico de su hogar.
 •        Hijos de elementos caídos que fallecen en el desempeño de sus funciones que proporcione la Coordinación General de Control Escolar.</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 EstAdm = Aspirantes en situación de vulnerabilidad 
 EstSitVulnAdm = Estudiantes en situación de vulnerabilidad admitidos 
 </t>
   </si>
   <si>
-    <t>3.5.1</t>
+    <t>C.3.5.1</t>
   </si>
   <si>
     <t>Porcentaje de miembros de la comunidad universitaria que presentaron denuncias de violencia por razón de género respecto al total de miembros de la comunidad universitaria</t>
   </si>
   <si>
     <t>Mide la proporción de miembros de la comunidad universitaria que presentan denuncias de violencia por razón de género ante la o el Primer Contacto que se ubica físicamente en cada Centro Universitario, Sistema, Escuela Preparatoria o sede administrativa  respecto al total de miembros de la comunidad universitaria</t>
   </si>
   <si>
     <t>3.5 Prevención, atención, sanción y erradicación de la violencia de género</t>
   </si>
   <si>
     <t>Unidad para la Igualdad</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 MiemDenViolGen = Miembros de la comunidad universitaria que presentan denuncias de violencia por razón de género 
 MiemComunUniv = Total de miembros de la comunidad universitaria 
 </t>
   </si>
   <si>
-    <t>4.1.1</t>
+    <t>D.4.1.1</t>
   </si>
   <si>
     <t>Porcentaje de miembros de la comunidad universitaria que manifiestan un sentido de pertenencia hacia la Universidad de Guadalajara respecto al total de encuestados</t>
   </si>
   <si>
     <t>Mide la proporción de miembros de la comunidad universitaria que manifiestan, a partir de la Encuesta de Percepción Universitaria, un alto nivel de identidad y de opinión favorable respecto al total de participantes de la encuesta</t>
   </si>
   <si>
-    <t>4. Difusión de la Cultura</t>
+    <t>4. Difusión de la cultura</t>
   </si>
   <si>
     <t>4.1 Identidad universitaria</t>
+  </si>
+  <si>
+    <t>Coordinación General de Servicios a Universitarios</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 EncSentPertUDG = Miembros de la comunidad universitaria encuestados que manifiestan un sentido de pertenencia hacia la Universidad de Guadalajara 
 Enc = Total de encuestados 
 </t>
   </si>
   <si>
-    <t>4.2.1</t>
+    <t>D.4.2.1</t>
   </si>
   <si>
     <t>Tasa de variación anual de personas que asisten a eventos artísticos y culturales desarrollados por la Red Universitaria</t>
   </si>
   <si>
     <t>Mide la variación anual del número de asistentes (miembros de la comunidad universitaria y sociedad en general) a las actividades artísticas o culturales producidas o presentadas en la Red Universitaria</t>
   </si>
   <si>
     <t>4.2 Acceso a la cultura</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 AsistActArtCultUDG = Número de personas que asisten a alguna actividad artística o cultural producida o presentada por la UdeG 
 </t>
   </si>
   <si>
-    <t>4.2.2</t>
+    <t>D.4.2.2</t>
   </si>
   <si>
     <t>Tasa de variación anual de la comunidad universitaria que practica actividades artísticas y culturales desarrolladas por la Red Universitaria</t>
   </si>
   <si>
     <t>Mide de manera anual el incremento en el número de integrantes de la comunidad universitaria que participan en la práctica de actividades artísticas o culturales desarrolladas por la Red Universitaria</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 PractActivArtCult = Miembros de la comunidad universitaria que practican alguna actividad artística o cultural 
 </t>
   </si>
   <si>
-    <t>4.3.1</t>
+    <t>D.4.3.1</t>
   </si>
   <si>
     <t>Porcentaje de procesos de gestión institucional optimizados respecto al total de procesos de gestión institucional</t>
   </si>
   <si>
     <t>Mide la proporción de los procesos de gestión institucional optimizados respecto al total de procesos de gestión institucional que brinda la Universidad de Guadalajara
 Se entiende por optimización de procesos de gestión institucional la mejora de los procesos y servicios sustantivos que faciliten la vida institucional de la comunidad universitaria. Los tipos de procesos a medir con este indicador son los de gestión institucional, es decir, aquellos procesos con impacto transversal en la Universidad de Guadalajara y en toda su comunidad.</t>
   </si>
   <si>
     <t>4.3 Gestión institucional</t>
   </si>
   <si>
     <t xml:space="preserve">Donde: 
 ProcGestInstOpt = Procesos de gestión institucional optimizados 
 ProcGestInst = Total de procesos de gestión institucional 
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="165" formatCode="yyyy/mm/dd h:mm:ss"/>
   </numFmts>
@@ -873,2843 +885,3167 @@
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
+      <c r="AA1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AC1" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J2" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="M2" t="n">
         <v>225.0</v>
       </c>
       <c r="N2" t="n">
         <v>46.01</v>
       </c>
       <c r="O2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q2" t="n">
         <v>45.06</v>
       </c>
       <c r="R2" t="n">
         <v>53.37</v>
       </c>
       <c r="S2" t="n">
         <v>62.43</v>
       </c>
       <c r="T2" t="n">
         <v>70.4</v>
       </c>
       <c r="U2" t="n">
         <v>79.45</v>
       </c>
       <c r="V2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X2" t="n">
+        <v>41</v>
+      </c>
+      <c r="X2" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA2" t="n">
         <v>45.06</v>
       </c>
-      <c r="Y2" t="n">
+      <c r="AB2" t="n">
         <v>12.93</v>
       </c>
-      <c r="Z2" t="n">
+      <c r="AC2" t="n">
         <v>17.7</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K3" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="M3" t="n">
         <v>10.0</v>
       </c>
       <c r="N3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q3" t="n">
         <v>150.0</v>
       </c>
       <c r="R3" t="n">
         <v>32.0</v>
       </c>
       <c r="S3" t="n">
         <v>51.52</v>
       </c>
       <c r="T3" t="n">
         <v>6.0</v>
       </c>
       <c r="U3" t="n">
         <v>47.17</v>
       </c>
       <c r="V3" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W3" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X3" t="n">
+        <v>41</v>
+      </c>
+      <c r="X3" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA3" t="n">
         <v>150.0</v>
       </c>
-      <c r="Y3" t="n">
+      <c r="AB3" t="n">
         <v>64.0</v>
       </c>
-      <c r="Z3" t="n">
+      <c r="AC3" t="n">
         <v>75.61</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B4" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D4" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H4" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J4" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K4" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="M4" t="n">
         <v>177.0</v>
       </c>
       <c r="N4" t="n">
         <v>86.34</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q4" t="n">
         <v>86.83</v>
       </c>
       <c r="R4" t="n">
         <v>87.21</v>
       </c>
       <c r="S4" t="n">
         <v>89.43</v>
       </c>
       <c r="T4" t="n">
         <v>88.46</v>
       </c>
       <c r="U4" t="n">
         <v>94.46</v>
       </c>
       <c r="V4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W4" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X4" t="n">
+        <v>41</v>
+      </c>
+      <c r="X4" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA4" t="n">
         <v>86.83</v>
       </c>
-      <c r="Y4" t="n">
+      <c r="AB4" t="n">
         <v>92.2</v>
       </c>
-      <c r="Z4" t="n">
+      <c r="AC4" t="n">
         <v>92.31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K5" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="M5" t="n">
         <v>200.0</v>
       </c>
       <c r="N5" t="n">
         <v>60.42</v>
       </c>
       <c r="O5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q5" t="n">
         <v>56.99</v>
       </c>
       <c r="R5" t="n">
         <v>63.71</v>
       </c>
       <c r="S5" t="n">
         <v>66.75</v>
       </c>
       <c r="T5" t="n">
         <v>70.98</v>
       </c>
       <c r="U5" t="n">
         <v>76.79</v>
       </c>
       <c r="V5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W5" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X5" t="n">
+        <v>41</v>
+      </c>
+      <c r="X5" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA5" t="n">
         <v>56.99</v>
       </c>
-      <c r="Y5" t="n">
+      <c r="AB5" t="n">
         <v>67.31</v>
       </c>
-      <c r="Z5" t="n">
+      <c r="AC5" t="n">
         <v>58.76</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I6" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L6" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="M6" t="n">
         <v>1530.0</v>
       </c>
       <c r="N6" t="n">
         <v>6.96</v>
       </c>
       <c r="O6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q6" t="n">
         <v>5.9</v>
       </c>
       <c r="R6" t="n">
         <v>10.9</v>
       </c>
       <c r="S6" t="n">
         <v>13.22</v>
       </c>
       <c r="T6" t="n">
         <v>15.1</v>
       </c>
       <c r="U6" t="n">
         <v>22.96</v>
       </c>
       <c r="V6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W6" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X6" t="n">
+        <v>41</v>
+      </c>
+      <c r="X6" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA6" t="n">
         <v>5.90045364</v>
       </c>
-      <c r="Y6" t="n">
+      <c r="AB6" t="n">
         <v>15.22</v>
       </c>
-      <c r="Z6" t="n">
+      <c r="AC6" t="n">
         <v>19.39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
         <v>61</v>
       </c>
-      <c r="C7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="M7" t="n">
         <v>1782.0</v>
       </c>
       <c r="N7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q7" t="n">
         <v>-3.25</v>
       </c>
       <c r="R7" t="n">
         <v>5.74</v>
       </c>
       <c r="S7" t="n">
         <v>11.68</v>
       </c>
       <c r="T7" t="n">
         <v>13.9</v>
       </c>
       <c r="U7" t="n">
         <v>32.38</v>
       </c>
       <c r="V7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W7" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X7" t="n">
+        <v>41</v>
+      </c>
+      <c r="X7" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA7" t="n">
         <v>-3.25476992</v>
       </c>
-      <c r="Y7" t="n">
+      <c r="AB7" t="n">
         <v>-49.88</v>
       </c>
-      <c r="Z7" t="n">
+      <c r="AC7" t="n">
         <v>18.63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E8" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H8" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I8" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K8" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L8" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="M8" t="n">
         <v>50403.0</v>
       </c>
       <c r="N8" t="n">
         <v>55.87</v>
       </c>
       <c r="O8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q8" t="n">
         <v>58.93</v>
       </c>
       <c r="R8" t="n">
         <v>60.98</v>
       </c>
       <c r="S8" t="n">
         <v>62.52</v>
       </c>
       <c r="T8" t="n">
-        <v>64.07</v>
+        <v>51.64</v>
       </c>
       <c r="U8" t="n">
         <v>69.52</v>
       </c>
       <c r="V8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W8" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X8" t="n">
+        <v>41</v>
+      </c>
+      <c r="X8" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA8" t="n">
         <v>58.93</v>
       </c>
-      <c r="Y8" t="n">
+      <c r="AB8" t="n">
         <v>46.62</v>
       </c>
-      <c r="Z8" t="n">
+      <c r="AC8" t="n">
         <v>50.53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E9" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="F9" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G9" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H9" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I9" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J9" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K9" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L9" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="M9" t="n">
         <v>88253.0</v>
       </c>
       <c r="N9" t="n">
         <v>91.51</v>
       </c>
       <c r="O9" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P9" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q9" t="n">
         <v>87.14</v>
       </c>
       <c r="R9" t="n">
         <v>90.64</v>
       </c>
       <c r="S9" t="n">
         <v>91.18</v>
       </c>
       <c r="T9" t="n">
         <v>92.24</v>
       </c>
       <c r="U9" t="n">
         <v>93.26</v>
       </c>
       <c r="V9" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W9" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X9" t="n">
+        <v>41</v>
+      </c>
+      <c r="X9" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA9" t="n">
         <v>87.14226813</v>
       </c>
-      <c r="Y9" t="n">
+      <c r="AB9" t="n">
         <v>87.7</v>
       </c>
-      <c r="Z9" t="n">
+      <c r="AC9" t="n">
         <v>88.15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
         <v>74</v>
       </c>
-      <c r="C10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H10" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I10" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J10" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K10" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L10" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="M10" t="n">
         <v>7618.0</v>
       </c>
       <c r="N10" t="n">
         <v>39.24</v>
       </c>
       <c r="O10" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P10" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q10" t="n">
         <v>41.59</v>
       </c>
       <c r="R10" t="n">
         <v>42.8</v>
       </c>
       <c r="S10" t="n">
         <v>45.67</v>
       </c>
       <c r="T10" t="n">
         <v>47.81</v>
       </c>
       <c r="U10" t="n">
         <v>52.12</v>
       </c>
       <c r="V10" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W10" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X10" t="n">
+        <v>41</v>
+      </c>
+      <c r="X10" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA10" t="n">
         <v>41.59</v>
       </c>
-      <c r="Y10" t="n">
+      <c r="AB10" t="n">
         <v>28.26</v>
       </c>
-      <c r="Z10" t="n">
+      <c r="AC10" t="n">
         <v>39.46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F11" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G11" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H11" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I11" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J11" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K11" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L11" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="M11" t="n">
         <v>244120.0</v>
       </c>
       <c r="N11" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O11" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P11" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q11" t="n">
         <v>2.13</v>
       </c>
       <c r="R11" t="n">
         <v>4.21</v>
       </c>
       <c r="S11" t="n">
         <v>4.38</v>
       </c>
       <c r="T11" t="n">
         <v>5.0</v>
       </c>
       <c r="U11" t="n">
         <v>25.02</v>
       </c>
       <c r="V11" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W11" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X11" t="n">
+        <v>41</v>
+      </c>
+      <c r="X11" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA11" t="n">
         <v>2.13296739</v>
       </c>
-      <c r="Y11" t="n">
+      <c r="AB11" t="n">
         <v>44.87</v>
       </c>
-      <c r="Z11" t="n">
+      <c r="AC11" t="n">
         <v>-1.57</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H12" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I12" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="J12" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K12" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L12" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="M12" t="n">
         <v>6504.0</v>
       </c>
       <c r="N12" t="n">
         <v>37.76</v>
       </c>
       <c r="O12" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P12" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q12" t="n">
         <v>37.31</v>
       </c>
       <c r="R12" t="n">
         <v>41.47</v>
       </c>
       <c r="S12" t="n">
         <v>43.25</v>
       </c>
       <c r="T12" t="n">
         <v>44.75</v>
       </c>
       <c r="U12" t="n">
         <v>50.13</v>
       </c>
       <c r="V12" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W12" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X12" t="n">
+        <v>41</v>
+      </c>
+      <c r="X12" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA12" t="n">
         <v>37.31308816</v>
       </c>
-      <c r="Y12" t="n">
+      <c r="AB12" t="n">
         <v>0.0</v>
       </c>
-      <c r="Z12" t="n">
+      <c r="AC12" t="n">
         <v>57.88</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C13" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F13" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="J13" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K13" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L13" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="M13" t="n">
         <v>22597.0</v>
       </c>
       <c r="N13" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O13" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P13" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q13" t="n">
         <v>44.34</v>
       </c>
       <c r="R13" t="n">
         <v>5.13</v>
       </c>
       <c r="S13" t="n">
         <v>5.58</v>
       </c>
       <c r="T13" t="n">
         <v>4.52</v>
       </c>
       <c r="U13" t="n">
         <v>12.77</v>
       </c>
       <c r="V13" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W13" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X13" t="n">
+        <v>41</v>
+      </c>
+      <c r="X13" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA13" t="n">
         <v>44.34216931</v>
       </c>
-      <c r="Y13" t="n">
+      <c r="AB13" t="n">
         <v>21.53</v>
       </c>
-      <c r="Z13" t="n">
+      <c r="AC13" t="n">
         <v>230.67</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B14" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C14" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D14" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E14" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="F14" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I14" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="J14" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K14" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L14" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="M14" t="n">
         <v>17.0</v>
       </c>
       <c r="N14" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q14" t="n">
         <v>35.29</v>
       </c>
       <c r="R14" t="n">
         <v>8.7</v>
       </c>
       <c r="S14" t="n">
         <v>8.0</v>
       </c>
       <c r="T14" t="n">
         <v>3.7</v>
       </c>
       <c r="U14" t="n">
         <v>17.86</v>
       </c>
       <c r="V14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W14" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X14" t="n">
+        <v>41</v>
+      </c>
+      <c r="X14" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA14" t="n">
         <v>35.29411765</v>
       </c>
-      <c r="Y14" t="n">
+      <c r="AB14" t="n">
         <v>8.7</v>
       </c>
-      <c r="Z14" t="n">
+      <c r="AC14" t="n">
         <v>32.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D15" t="s">
+        <v>99</v>
+      </c>
+      <c r="E15" t="s">
         <v>100</v>
       </c>
-      <c r="B15" t="s">
+      <c r="F15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15" t="s">
+        <v>36</v>
+      </c>
+      <c r="I15" t="s">
         <v>101</v>
       </c>
-      <c r="C15" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K15" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L15" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="M15" t="n">
         <v>255.0</v>
       </c>
       <c r="N15" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q15" t="n">
         <v>63.14</v>
       </c>
       <c r="R15" t="n">
         <v>-51.92</v>
       </c>
       <c r="S15" t="n">
         <v>0.0</v>
       </c>
       <c r="T15" t="n">
         <v>0.0</v>
       </c>
       <c r="U15" t="n">
         <v>0.0</v>
       </c>
       <c r="V15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W15" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X15" t="n">
+        <v>41</v>
+      </c>
+      <c r="X15" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA15" t="n">
         <v>63.14</v>
       </c>
-      <c r="Y15" t="n">
+      <c r="AB15" t="n">
         <v>-39.9</v>
       </c>
-      <c r="Z15" t="n">
+      <c r="AC15" t="n">
         <v>-2.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B16" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C16" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D16" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E16" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="F16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G16" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H16" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I16" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="J16" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K16" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L16" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="M16" t="n">
         <v>381.0</v>
       </c>
       <c r="N16" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q16" t="n">
         <v>-1.31</v>
       </c>
       <c r="R16" t="n">
         <v>14.63</v>
       </c>
       <c r="S16" t="n">
         <v>6.03</v>
       </c>
       <c r="T16" t="n">
         <v>7.44</v>
       </c>
       <c r="U16" t="n">
         <v>27.49</v>
       </c>
       <c r="V16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W16" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X16" t="n">
+        <v>41</v>
+      </c>
+      <c r="X16" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA16" t="n">
         <v>-1.31233596</v>
       </c>
-      <c r="Y16" t="n">
+      <c r="AB16" t="n">
         <v>10.64</v>
       </c>
-      <c r="Z16" t="n">
+      <c r="AC16" t="n">
         <v>10.1</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>114</v>
+      </c>
+      <c r="D17" t="s">
+        <v>99</v>
+      </c>
+      <c r="E17" t="s">
         <v>110</v>
       </c>
-      <c r="C17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G17" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H17" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I17" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="J17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K17" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L17" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="M17" t="n">
         <v>1504.0</v>
       </c>
       <c r="N17" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O17" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P17" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q17" t="n">
         <v>9.18</v>
       </c>
       <c r="R17" t="n">
         <v>13.64</v>
       </c>
       <c r="S17" t="n">
         <v>3.91</v>
       </c>
       <c r="T17" t="n">
         <v>3.4</v>
       </c>
       <c r="U17" t="n">
         <v>17.31</v>
       </c>
       <c r="V17" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W17" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X17" t="n">
+        <v>41</v>
+      </c>
+      <c r="X17" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA17" t="n">
         <v>9.18</v>
       </c>
-      <c r="Y17" t="n">
+      <c r="AB17" t="n">
         <v>20.34</v>
       </c>
-      <c r="Z17" t="n">
+      <c r="AC17" t="n">
         <v>8.1</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B18" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C18" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D18" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E18" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="F18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G18" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H18" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I18" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="J18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L18" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="M18" t="n">
         <v>2433.0</v>
       </c>
       <c r="N18" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O18" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P18" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q18" t="n">
         <v>7.93</v>
       </c>
       <c r="R18" t="n">
         <v>12.41</v>
       </c>
       <c r="S18" t="n">
         <v>8.37</v>
       </c>
       <c r="T18" t="n">
         <v>8.32</v>
       </c>
       <c r="U18" t="n">
         <v>28.17</v>
       </c>
       <c r="V18" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W18" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X18" t="n">
+        <v>41</v>
+      </c>
+      <c r="X18" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA18" t="n">
         <v>7.93259351</v>
       </c>
-      <c r="Y18" t="n">
+      <c r="AB18" t="n">
         <v>-20.87</v>
       </c>
-      <c r="Z18" t="n">
+      <c r="AC18" t="n">
         <v>19.92</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D19" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E19" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="F19" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G19" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H19" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I19" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="J19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L19" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="M19" t="n">
         <v>610.0</v>
       </c>
       <c r="N19" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O19" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P19" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q19" t="n">
         <v>6.39</v>
       </c>
       <c r="R19" t="n">
         <v>1.39</v>
       </c>
       <c r="S19" t="n">
         <v>4.1</v>
       </c>
       <c r="T19" t="n">
         <v>3.65</v>
       </c>
       <c r="U19" t="n">
         <v>12.96</v>
       </c>
       <c r="V19" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W19" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X19" t="n">
+        <v>41</v>
+      </c>
+      <c r="X19" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA19" t="n">
         <v>6.39344262</v>
       </c>
-      <c r="Y19" t="n">
+      <c r="AB19" t="n">
         <v>-6.32</v>
       </c>
-      <c r="Z19" t="n">
+      <c r="AC19" t="n">
         <v>-3.12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B20" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C20" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D20" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E20" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F20" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G20" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H20" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I20" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="J20" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K20" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L20" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="M20" t="n">
         <v>46.0</v>
       </c>
       <c r="N20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O20" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P20" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q20" t="n">
         <v>19.57</v>
       </c>
       <c r="R20" t="n">
         <v>38.18</v>
       </c>
       <c r="S20" t="n">
         <v>27.63</v>
       </c>
       <c r="T20" t="n">
         <v>39.18</v>
       </c>
       <c r="U20" t="n">
         <v>52.59</v>
       </c>
       <c r="V20" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W20" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X20" t="n">
+        <v>41</v>
+      </c>
+      <c r="X20" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA20" t="n">
         <v>19.57</v>
       </c>
-      <c r="Y20" t="n">
+      <c r="AB20" t="n">
         <v>12.73</v>
       </c>
-      <c r="Z20" t="n">
+      <c r="AC20" t="n">
         <v>25.81</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B21" t="s">
+        <v>130</v>
+      </c>
+      <c r="C21" t="s">
+        <v>131</v>
+      </c>
+      <c r="D21" t="s">
+        <v>99</v>
+      </c>
+      <c r="E21" t="s">
         <v>127</v>
       </c>
-      <c r="C21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G21" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H21" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I21" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="J21" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K21" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L21" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="M21" t="n">
         <v>2715.0</v>
       </c>
       <c r="N21" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O21" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P21" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q21" t="n">
         <v>5.86</v>
       </c>
       <c r="R21" t="n">
         <v>7.34</v>
       </c>
       <c r="S21" t="n">
         <v>6.03</v>
       </c>
       <c r="T21" t="n">
         <v>5.53</v>
       </c>
       <c r="U21" t="n">
         <v>18.19</v>
       </c>
       <c r="V21" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W21" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X21" t="n">
+        <v>41</v>
+      </c>
+      <c r="X21" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA21" t="n">
         <v>5.86</v>
       </c>
-      <c r="Y21" t="n">
+      <c r="AB21" t="n">
         <v>14.79</v>
       </c>
-      <c r="Z21" t="n">
+      <c r="AC21" t="n">
         <v>-4.7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B22" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C22" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D22" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E22" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F22" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G22" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="H22" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I22" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="J22" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K22" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L22" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="M22" t="n">
         <v>137.0</v>
       </c>
       <c r="N22" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O22" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P22" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q22" t="n">
         <v>-5.84</v>
       </c>
       <c r="R22" t="n">
         <v>-1.55</v>
       </c>
       <c r="S22" t="n">
         <v>-1.57</v>
       </c>
       <c r="T22" t="n">
         <v>-1.6</v>
       </c>
       <c r="U22" t="n">
         <v>-11.38</v>
       </c>
       <c r="V22" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W22" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X22" t="n">
+        <v>41</v>
+      </c>
+      <c r="X22" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA22" t="n">
         <v>-5.84</v>
       </c>
-      <c r="Y22" t="n">
+      <c r="AB22" t="n">
         <v>10.73</v>
       </c>
-      <c r="Z22" t="n">
+      <c r="AC22" t="n">
         <v>1.64</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
+        <v>141</v>
+      </c>
+      <c r="B23" t="s">
+        <v>142</v>
+      </c>
+      <c r="C23" t="s">
+        <v>143</v>
+      </c>
+      <c r="D23" t="s">
+        <v>136</v>
+      </c>
+      <c r="E23" t="s">
+        <v>137</v>
+      </c>
+      <c r="F23" t="s">
+        <v>45</v>
+      </c>
+      <c r="G23" t="s">
         <v>138</v>
       </c>
-      <c r="B23" t="s">
+      <c r="H23" t="s">
+        <v>36</v>
+      </c>
+      <c r="I23" t="s">
         <v>139</v>
       </c>
-      <c r="C23" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K23" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L23" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="M23" t="n">
         <v>132.0</v>
       </c>
       <c r="N23" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O23" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P23" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q23" t="n">
         <v>-3.03</v>
       </c>
       <c r="R23" t="n">
         <v>-3.13</v>
       </c>
       <c r="S23" t="n">
         <v>-3.23</v>
       </c>
       <c r="T23" t="n">
         <v>-3.33</v>
       </c>
       <c r="U23" t="n">
         <v>-12.93</v>
       </c>
       <c r="V23" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W23" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X23" t="n">
+        <v>41</v>
+      </c>
+      <c r="X23" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA23" t="n">
         <v>-3.03030303</v>
       </c>
-      <c r="Y23" t="n">
+      <c r="AB23" t="n">
         <v>-90.39</v>
       </c>
-      <c r="Z23" t="n">
+      <c r="AC23" t="n">
         <v>-10.24</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B24" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C24" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D24" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E24" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F24" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G24" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H24" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I24" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="J24" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K24" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L24" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="M24" t="n">
         <v>534340.0</v>
       </c>
       <c r="N24" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O24" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P24" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q24" t="n">
         <v>2.99</v>
       </c>
       <c r="R24" t="n">
         <v>3.01</v>
       </c>
       <c r="S24" t="n">
         <v>3.08</v>
       </c>
       <c r="T24" t="n">
         <v>2.92</v>
       </c>
       <c r="U24" t="n">
         <v>15.93</v>
       </c>
       <c r="V24" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W24" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X24" t="n">
+        <v>41</v>
+      </c>
+      <c r="X24" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA24" t="n">
         <v>2.99154097</v>
       </c>
-      <c r="Y24" t="n">
+      <c r="AB24" t="n">
         <v>24.91</v>
       </c>
-      <c r="Z24" t="n">
+      <c r="AC24" t="n">
         <v>339.42</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B25" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C25" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D25" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E25" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="F25" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G25" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H25" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I25" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J25" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K25" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L25" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="M25" t="n">
         <v>362905.0</v>
       </c>
       <c r="N25" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O25" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P25" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q25" t="n">
         <v>18.38</v>
       </c>
       <c r="R25" t="n">
         <v>1.83</v>
       </c>
       <c r="S25" t="n">
         <v>1.84</v>
       </c>
       <c r="T25" t="n">
         <v>2.05</v>
       </c>
       <c r="U25" t="n">
         <v>8.67</v>
       </c>
       <c r="V25" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W25" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X25" t="n">
+        <v>41</v>
+      </c>
+      <c r="X25" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA25" t="n">
         <v>18.38</v>
       </c>
-      <c r="Y25" t="n">
+      <c r="AB25" t="n">
         <v>229.82</v>
       </c>
-      <c r="Z25" t="n">
+      <c r="AC25" t="n">
         <v>-31.92</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>157</v>
+      </c>
+      <c r="D26" t="s">
+        <v>136</v>
+      </c>
+      <c r="E26" t="s">
         <v>152</v>
       </c>
-      <c r="B26" t="s">
+      <c r="F26" t="s">
+        <v>45</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26" t="s">
+        <v>36</v>
+      </c>
+      <c r="I26" t="s">
         <v>153</v>
       </c>
-      <c r="C26" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K26" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L26" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="M26" t="n">
         <v>170.0</v>
       </c>
       <c r="N26" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O26" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P26" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q26" t="n">
         <v>1.18</v>
       </c>
       <c r="R26" t="n">
         <v>1.16</v>
       </c>
       <c r="S26" t="n">
         <v>1.72</v>
       </c>
       <c r="T26" t="n">
         <v>1.13</v>
       </c>
       <c r="U26" t="n">
         <v>5.03</v>
       </c>
       <c r="V26" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X26" t="n">
+        <v>41</v>
+      </c>
+      <c r="X26" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA26" t="n">
         <v>1.18</v>
       </c>
-      <c r="Y26" t="n">
+      <c r="AB26" t="n">
         <v>16.86</v>
       </c>
-      <c r="Z26" t="n">
+      <c r="AC26" t="n">
         <v>-0.5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B27" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C27" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D27" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E27" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F27" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G27" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H27" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I27" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="J27" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K27" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L27" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="M27" t="n">
         <v>701.0</v>
       </c>
       <c r="N27" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O27" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P27" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q27" t="n">
         <v>3.28</v>
       </c>
       <c r="R27" t="n">
         <v>2.76</v>
       </c>
       <c r="S27" t="n">
         <v>2.96</v>
       </c>
       <c r="T27" t="n">
         <v>2.61</v>
       </c>
       <c r="U27" t="n">
         <v>8.52</v>
       </c>
       <c r="V27" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W27" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X27" t="n">
+        <v>41</v>
+      </c>
+      <c r="X27" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA27" t="n">
         <v>3.2810271</v>
       </c>
-      <c r="Y27" t="n">
+      <c r="AB27" t="n">
         <v>-13.67</v>
       </c>
-      <c r="Z27" t="n">
+      <c r="AC27" t="n">
         <v>8.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B28" t="s">
+        <v>166</v>
+      </c>
+      <c r="C28" t="s">
+        <v>167</v>
+      </c>
+      <c r="D28" t="s">
+        <v>136</v>
+      </c>
+      <c r="E28" t="s">
+        <v>168</v>
+      </c>
+      <c r="F28" t="s">
+        <v>45</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28" t="s">
+        <v>36</v>
+      </c>
+      <c r="I28" t="s">
         <v>163</v>
       </c>
-      <c r="C28" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K28" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L28" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="M28" t="n">
         <v>324340.0</v>
       </c>
       <c r="N28" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O28" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P28" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q28" t="n">
         <v>1.63</v>
       </c>
       <c r="R28" t="n">
         <v>2.24</v>
       </c>
       <c r="S28" t="n">
         <v>2.22</v>
       </c>
       <c r="T28" t="n">
         <v>2.18</v>
       </c>
       <c r="U28" t="n">
         <v>11.37</v>
       </c>
       <c r="V28" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W28" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X28" t="n">
+        <v>41</v>
+      </c>
+      <c r="X28" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y28" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA28" t="n">
         <v>1.634396</v>
       </c>
-      <c r="Y28" t="n">
+      <c r="AB28" t="n">
         <v>1.79</v>
       </c>
-      <c r="Z28" t="n">
+      <c r="AC28" t="n">
         <v>1.18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B29" t="s">
+        <v>171</v>
+      </c>
+      <c r="C29" t="s">
+        <v>172</v>
+      </c>
+      <c r="D29" t="s">
+        <v>136</v>
+      </c>
+      <c r="E29" t="s">
         <v>168</v>
       </c>
-      <c r="C29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G29" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H29" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I29" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="J29" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K29" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L29" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="M29" t="n">
         <v>123284.0</v>
       </c>
       <c r="N29" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O29" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P29" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q29" t="n">
         <v>-4.32</v>
       </c>
       <c r="R29" t="n">
         <v>8.76</v>
       </c>
       <c r="S29" t="n">
         <v>3.25</v>
       </c>
       <c r="T29" t="n">
         <v>1.68</v>
       </c>
       <c r="U29" t="n">
         <v>7.54</v>
       </c>
       <c r="V29" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W29" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X29" t="n">
+        <v>41</v>
+      </c>
+      <c r="X29" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z29" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA29" t="n">
         <v>-4.32010642</v>
       </c>
-      <c r="Y29" t="n">
+      <c r="AB29" t="n">
         <v>7.93</v>
       </c>
-      <c r="Z29" t="n">
+      <c r="AC29" t="n">
         <v>-0.29</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B30" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C30" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D30" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E30" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F30" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G30" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H30" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I30" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="J30" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K30" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L30" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="M30" t="n">
         <v>1450.0</v>
       </c>
       <c r="N30" t="n">
         <v>46.15</v>
       </c>
       <c r="O30" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P30" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q30" t="n">
         <v>47.01</v>
       </c>
       <c r="R30" t="n">
         <v>48.0</v>
       </c>
       <c r="S30" t="n">
         <v>48.99</v>
       </c>
       <c r="T30" t="n">
         <v>49.99</v>
       </c>
       <c r="U30" t="n">
         <v>54.99</v>
       </c>
       <c r="V30" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W30" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X30" t="n">
+        <v>41</v>
+      </c>
+      <c r="X30" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA30" t="n">
         <v>47.01</v>
       </c>
-      <c r="Y30" t="n">
+      <c r="AB30" t="n">
         <v>41.61</v>
       </c>
-      <c r="Z30" t="n">
+      <c r="AC30" t="n">
         <v>68.88</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B31" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C31" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D31" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E31" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F31" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G31" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H31" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I31" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="J31" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K31" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L31" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="M31" t="n">
         <v>19697.0</v>
       </c>
       <c r="N31" t="n">
         <v>48.02</v>
       </c>
       <c r="O31" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P31" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q31" t="n">
         <v>49.0</v>
       </c>
       <c r="R31" t="n">
         <v>50.0</v>
       </c>
       <c r="S31" t="n">
         <v>51.0</v>
       </c>
       <c r="T31" t="n">
         <v>52.0</v>
       </c>
       <c r="U31" t="n">
         <v>57.0</v>
       </c>
       <c r="V31" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W31" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X31" t="n">
+        <v>41</v>
+      </c>
+      <c r="X31" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA31" t="n">
         <v>49.0</v>
       </c>
-      <c r="Y31" t="n">
+      <c r="AB31" t="n">
         <v>39.74</v>
       </c>
-      <c r="Z31" t="n">
+      <c r="AC31" t="n">
         <v>68.93</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B32" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C32" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D32" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E32" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="F32" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="H32" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I32" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="J32" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K32" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L32" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="M32" t="n">
         <v>267.0</v>
       </c>
       <c r="N32" t="n">
         <v>0.08</v>
       </c>
       <c r="O32" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P32" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q32" t="n">
         <v>0.14</v>
       </c>
       <c r="R32" t="n">
         <v>0.17</v>
       </c>
       <c r="S32" t="n">
         <v>0.14</v>
       </c>
       <c r="T32" t="n">
         <v>0.13</v>
       </c>
       <c r="U32" t="n">
         <v>0.09</v>
       </c>
       <c r="V32" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W32" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X32" t="n">
+        <v>41</v>
+      </c>
+      <c r="X32" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA32" t="n">
         <v>0.14</v>
       </c>
-      <c r="Y32" t="n">
+      <c r="AB32" t="n">
         <v>0.31</v>
       </c>
-      <c r="Z32" t="n">
+      <c r="AC32" t="n">
         <v>0.23</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B33" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D33" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="E33" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F33" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G33" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H33" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I33" t="s">
-        <v>86</v>
+        <v>193</v>
       </c>
       <c r="J33" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K33" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L33" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="M33" t="n">
         <v>695.0</v>
       </c>
       <c r="N33" t="n">
         <v>66.44</v>
       </c>
       <c r="O33" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P33" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q33" t="n">
         <v>69.84</v>
       </c>
       <c r="R33" t="n">
         <v>73.09</v>
       </c>
       <c r="S33" t="n">
         <v>76.79</v>
       </c>
       <c r="T33" t="n">
         <v>81.39</v>
       </c>
       <c r="U33" t="n">
         <v>86.47</v>
       </c>
       <c r="V33" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W33" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X33" t="n">
+        <v>41</v>
+      </c>
+      <c r="X33" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA33" t="n">
         <v>69.84</v>
       </c>
-      <c r="Y33" t="n">
+      <c r="AB33" t="n">
         <v>70.14</v>
       </c>
-      <c r="Z33" t="n">
+      <c r="AC33" t="n">
         <v>78.57</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
+        <v>195</v>
+      </c>
+      <c r="B34" t="s">
+        <v>196</v>
+      </c>
+      <c r="C34" t="s">
+        <v>197</v>
+      </c>
+      <c r="D34" t="s">
         <v>191</v>
       </c>
-      <c r="B34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E34" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="F34" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G34" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H34" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I34" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J34" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K34" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L34" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="M34" t="n">
         <v>283192.0</v>
       </c>
       <c r="N34" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O34" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P34" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q34" t="n">
         <v>137.92</v>
       </c>
       <c r="R34" t="n">
         <v>3.47</v>
       </c>
       <c r="S34" t="n">
         <v>3.2</v>
       </c>
       <c r="T34" t="n">
         <v>3.58</v>
       </c>
       <c r="U34" t="n">
         <v>16.15</v>
       </c>
       <c r="V34" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W34" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X34" t="n">
+        <v>41</v>
+      </c>
+      <c r="X34" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z34" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA34" t="n">
         <v>137.92</v>
       </c>
-      <c r="Y34" t="n">
+      <c r="AB34" t="n">
         <v>40.31</v>
       </c>
-      <c r="Z34" t="n">
+      <c r="AC34" t="n">
         <v>54.22</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B35" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C35" t="s">
+        <v>202</v>
+      </c>
+      <c r="D35" t="s">
+        <v>191</v>
+      </c>
+      <c r="E35" t="s">
         <v>198</v>
       </c>
-      <c r="D35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G35" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I35" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="J35" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K35" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L35" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="M35" t="n">
         <v>90428.0</v>
       </c>
       <c r="N35" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="O35" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P35" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q35" t="n">
         <v>26.8</v>
       </c>
       <c r="R35" t="n">
         <v>4.2</v>
       </c>
       <c r="S35" t="n">
         <v>4.4</v>
       </c>
       <c r="T35" t="n">
         <v>4.49</v>
       </c>
       <c r="U35" t="n">
         <v>17.81</v>
       </c>
       <c r="V35" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W35" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X35" t="n">
+        <v>41</v>
+      </c>
+      <c r="X35" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA35" t="n">
         <v>26.8</v>
       </c>
-      <c r="Y35" t="n">
+      <c r="AB35" t="n">
         <v>-2.28</v>
       </c>
-      <c r="Z35" t="n">
+      <c r="AC35" t="n">
         <v>102.73</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B36" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C36" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D36" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="E36" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="F36" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G36" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H36" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I36" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="J36" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="K36" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L36" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="M36" t="n">
         <v>3.0</v>
       </c>
       <c r="N36" t="n">
         <v>7.32</v>
       </c>
       <c r="O36" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="P36" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q36" t="n">
         <v>12.2</v>
       </c>
       <c r="R36" t="n">
         <v>21.95</v>
       </c>
       <c r="S36" t="n">
         <v>36.59</v>
       </c>
       <c r="T36" t="n">
         <v>60.98</v>
       </c>
       <c r="U36" t="n">
         <v>100.0</v>
       </c>
       <c r="V36" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W36" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X36" t="n">
+        <v>41</v>
+      </c>
+      <c r="X36" t="s">
+        <v>41</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>41</v>
+      </c>
+      <c r="Z36" t="s">
+        <v>41</v>
+      </c>
+      <c r="AA36" t="n">
         <v>12.2</v>
       </c>
-      <c r="Y36" t="n">
+      <c r="AB36" t="n">
         <v>12.2</v>
       </c>
-      <c r="Z36" t="n">
+      <c r="AC36" t="n">
         <v>21.95</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>